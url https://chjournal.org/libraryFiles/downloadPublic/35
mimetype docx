--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1,7476 +1,6403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-[...1 lines deleted...]
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="60EBA8B0">
-[...72 lines deleted...]
-        <w:pStyle w:val="8"/>
+    <w:p w14:paraId="4AED6911" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E480AE" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29293BF9" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DEE921B" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3467D6B3" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EA4500C" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="509F869E" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12FC4653" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:spacing w:line="235" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="90"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:w w:val="90"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>aper Title*</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2CEEF1A1">
+        <w:t>aper Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73229958" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="358" w:line="204" w:lineRule="auto"/>
         <w:ind w:left="413" w:right="412"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Weiqiang Ying</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:position w:val="9"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, Cheng Kuang</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:position w:val="9"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, Lingyan Zhang</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:position w:val="9"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Cheng </w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t>, Cheng Yao</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:position w:val="9"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, Fangtian Ying</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:position w:val="9"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:position w:val="9"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>and Shijian Luo</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:position w:val="9"/>
           <w:sz w:val="17"/>
         </w:rPr>
         <w:t>1*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B86981">
+    <w:p w14:paraId="1161B1D8" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:before="110"/>
         <w:ind w:left="412" w:right="412"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:w w:val="95"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:position w:val="8"/>
           <w:sz w:val="15"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>dept. name of organization (of Aff.)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:w w:val="95"/>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> City</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:w w:val="95"/>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>codenum,</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Country.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB4750B">
-[...10 lines deleted...]
-    <w:p w14:paraId="1BFB1884">
+    <w:p w14:paraId="6BF05C18" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F0A007F" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="218" w:lineRule="auto"/>
         <w:ind w:left="414" w:right="412"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">*Corresponding author(s). E-mail(s): </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>author@gmail.com</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Contributing authors: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>author@gmail.com</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
-          <w:w w:val="95"/>
         </w:rPr>
         <w:t>author@gmail.com</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="95"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:color w:val="0000FF"/>
-          <w:w w:val="95"/>
         </w:rPr>
         <w:t>author@gmail.com</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE83AA0">
-[...10 lines deleted...]
-    <w:p w14:paraId="0A1DC839">
+    <w:p w14:paraId="3DC20B09" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="582E3EB2" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
       <w:pPr>
         <w:ind w:left="412" w:right="412"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="120"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E03594">
-      <w:pPr>
+    <w:p w14:paraId="0128181F" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
         <w:spacing w:before="153"/>
-        <w:ind w:left="578"/>
+        <w:ind w:left="102"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>This template, modified in MS Word 2007 and saved as a “Word 97-2003 Document” for the PC, provides authors with most of the formatting specifications needed for preparing electronic versions of their papers. All standard paper components have been specified for three reasons: (1) ease of use when formatting individual papers, (2) automatic compliance to electronic requirements that facilitate the concurrent or later production of electronic products, and (3) conformity of style throughout a conference proceeding. Margins, column widths, line spacing, and type styles are built-in; examples of the type styles are provided throughout this document and are identified in italic type, within parentheses, following the example. Some components, such as multi-leveled equations, graphics, and tables are not prescribed, although the various table text styles are provided. The formatter will need to create these components, incorporating the applicable criteria that follow.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2C4037">
+    <w:p w14:paraId="7A320E7D" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
       <w:pPr>
         <w:spacing w:before="153"/>
-        <w:ind w:left="578"/>
+        <w:ind w:leftChars="64" w:left="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia"/>
           <w:b/>
-          <w:w w:val="105"/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:ascii="Georgia"/>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="6"/>
-          <w:w w:val="105"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>PID</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="8"/>
-          <w:w w:val="105"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Control,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="8"/>
-          <w:w w:val="105"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Yaw</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="8"/>
-          <w:w w:val="105"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Correction,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="8"/>
-          <w:w w:val="105"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Trajectory</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="8"/>
-          <w:w w:val="105"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Planning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A850ED">
-[...33 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="6D62B836" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F41DD15" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CCB7D5F" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DABF1C6" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
+      <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:headerReference r:id="rId3" w:type="default"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008D781C" w:rsidRPr="00062B3E">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="8790" w:h="13330"/>
           <w:pgMar w:top="500" w:right="920" w:bottom="280" w:left="920" w:header="0" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
-          <w:cols w:space="720" w:num="1"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D432D8C">
-[...3 lines deleted...]
-        <w:ind w:left="100" w:firstLine="0"/>
+    <w:p w14:paraId="1866FEFE" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Introduction"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="64"/>
-          <w:w w:val="110"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="110"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D3135E">
-[...14 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42510361" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>The template will number citations consecutively within brackets [</w:t>
       </w:r>
-      <w:r>
-[...55 lines deleted...]
-        </w:rPr>
+      <w:hyperlink w:anchor="_bookmark10" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t>]. The sentence punctuation follows the bracket[</w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_bookmark11" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>–</w:t>
       </w:r>
-      <w:r>
-[...63 lines deleted...]
-        </w:rPr>
+      <w:hyperlink w:anchor="_bookmark12" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t>]. Refer simply to the reference number, as in [</w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_bookmark11" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>–</w:t>
       </w:r>
-      <w:r>
-[...63 lines deleted...]
-        </w:rPr>
+      <w:hyperlink w:anchor="_bookmark12" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t>]—do not use “Ref. [</w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_bookmark11" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>–</w:t>
       </w:r>
-      <w:r>
-[...63 lines deleted...]
-        </w:rPr>
+      <w:hyperlink w:anchor="_bookmark12" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t>]” or “reference \cite{HUANG2021108586}” except at the beginning of a sentence: “Reference [</w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_bookmark11" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>–</w:t>
       </w:r>
-      <w:r>
-[...75 lines deleted...]
-      <w:r>
+      <w:hyperlink w:anchor="_bookmark12" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:t>4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t xml:space="preserve">] was the first ...” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FB876A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t>These guidelines, written in the style of a submission to J. Phys.: Conf. Ser., show the best layout for your paper using Microsoft Word. If you don’t wish to use the Word template provided, please use the following page setup measurements [</w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_bookmark28" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:rPr>
+            <w:rFonts w:hint="eastAsia"/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>–</w:t>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-        </w:rPr>
+      <w:hyperlink w:anchor="_bookmark29" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="003C56D4">
+          <w:rPr>
+            <w:rFonts w:hint="eastAsia"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2486CBEB" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>Number footnotes separately in superscripts. Place the actual footnote at the bottom of the column in which it was cited. Do not put footnotes in the abstract or reference list. Use letters for table footnotes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E521BE">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6249CB1D" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>Unless there are six authors or more give all authors’ names; do not use “et al.”. Papers that have not been published, even if they have been submitted for publication, should be cited as “unpublished”. Papers that have been accepted for publication should be cited as “in press”. Capitalize only the first word in a paper title, except for proper nouns and element symbols.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DBD9380">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="44020215" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>For papers published in translation journals, please give the English citation first, followed by the original foreign-language citation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD9C47D">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="1C16C4B6" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
         <w:spacing w:before="192"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="Test_platform_construction"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="110"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4653AB94">
-[...4 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30852EDE" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>Each figure should have a brief caption describing it and, if necessary, a key to interpret the various lines and symbols on the figure (Fig.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003C56D4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EA2123">
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w14:paraId="0063CFB2" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1023995D" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="figure"/>
         <w:rPr>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E96793E" wp14:editId="3DB5E9A2">
             <wp:extent cx="4413250" cy="2753995"/>
             <wp:effectExtent l="0" t="0" r="6350" b="8255"/>
             <wp:docPr id="1897287278" name="图片 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1897287278" name="图片 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4413250" cy="2753995"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B06036C">
+    <w:p w14:paraId="40BF3305" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00743029" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="figname"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:cs="AppleSystemUIFont"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fig. 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_bookmark0"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00743029">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Palatino Linotype" w:cs="AppleSystemUIFont"/>
+          <w:snapToGrid/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Main structure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02150B70" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="16"/>
-        </w:rPr>
-[...79 lines deleted...]
-        <w:pStyle w:val="2"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C646B5A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:t xml:space="preserve">Figure Labels: Use 8-point Times New Roman for Figure labels. Use words rather than symbols or abbreviations when writing Figure axis labels to avoid confusing the reader. As an example, write the quantity “Magnetization”, or “Magnetization, M”, not just “M”. If including units in the label, present them within parentheses. Do not label axes only with units. In the example, write </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:lastRenderedPageBreak/>
+        <w:t>“Magnetization (A/m)” or “Magnetization {A[m(1)]}”, not just “A/m”. Do not label axes with a ratio of quantities and units. For example, write “Temperature (K)”, not “Temperature/K”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33774739" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="Methods"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>ase of use</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A654D1C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="01F412ED" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>First, confirm that you have the correct template for your paper size. This template has been tailored for output on the A4 paper size. If you are using US letter-sized paper, please close this file and download the Microsoft Word, Letter file.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62995B28">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="0B86D0F0" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
         <w:spacing w:line="204" w:lineRule="auto"/>
         <w:ind w:left="398" w:right="711"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="Theoretical_background_of_intelligent_la"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Equation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49DC7E2E">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4E0A3B90" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">The equations are an exception to the prescribed specifications of this template. You will need to determine whether or not your equation should be typed using either the Times New Roman or the Symbol font (please no other font). To create multileveled equations, it may be necessary to treat the equation as a graphic and insert it into the text after your paper is styled </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F156A27">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="799BF2DE" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>[</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+      <w:hyperlink w:anchor="_bookmark33" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="00062B3E">
+          <w:rPr>
+            <w:rFonts w:hint="eastAsia"/>
+            <w:color w:val="3B03ED"/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
           <w:color w:val="3B03ED"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...13 lines deleted...]
-          <w:color w:val="3B03ED"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-      <w:r>
+      <w:hyperlink w:anchor="_bookmark34" w:history="1">
+        <w:r w:rsidR="008D781C" w:rsidRPr="00062B3E">
+          <w:rPr>
+            <w:rFonts w:hint="eastAsia"/>
+            <w:color w:val="3B03ED"/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>].</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>There is the following relation</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eq.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="3B03ED"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC13152" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
+      <w:pPr>
+        <w:spacing w:line="213" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Eq.</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="4794DB2B">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048E0E9A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:eqArr>
             <m:eqArrPr>
               <m:maxDist m:val="1"/>
               <m:ctrlPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                   <w:i/>
+                  <w:snapToGrid w:val="0"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:eqArrPr>
             <m:e>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                  <w:snapToGrid w:val="0"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <m:t>ΔL=</m:t>
               </m:r>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                       <w:i/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <m:t>L</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...5 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
                 <m:sub>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <m:t>1</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...5 lines deleted...]
-                  </m:ctrlPr>
                 </m:sub>
               </m:sSub>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                  <w:snapToGrid w:val="0"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <m:t>⋅</m:t>
               </m:r>
               <m:d>
                 <m:dPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                       <w:i/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:dPr>
                 <m:e>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
-                    <m:t>1−</m:t>
+                    <m:t>1-</m:t>
                   </m:r>
                   <m:func>
                     <m:funcPr>
                       <m:ctrlPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                          <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                           <w:i/>
+                          <w:snapToGrid w:val="0"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                       </m:ctrlPr>
                     </m:funcPr>
                     <m:fName>
                       <m:r>
-                        <m:rPr/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                          <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                          <w:snapToGrid w:val="0"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <m:t>cos</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...5 lines deleted...]
-                      </m:ctrlPr>
                     </m:fName>
                     <m:e>
                       <m:r>
-                        <m:rPr/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                          <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                          <w:snapToGrid w:val="0"/>
                           <w:lang w:eastAsia="zh-CN"/>
                         </w:rPr>
                         <m:t>θ</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...5 lines deleted...]
-                      </m:ctrlPr>
                     </m:e>
                   </m:func>
-                  <m:ctrlPr>
-[...5 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:d>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                  <w:snapToGrid w:val="0"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <m:t>#</m:t>
               </m:r>
               <m:d>
                 <m:dPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                       <w:i/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:dPr>
                 <m:e>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </m:r>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
-                    <m:t xml:space="preserve"> 𝐴𝑈𝑇𝑂𝑁𝑈𝑀  \∗ 𝐴𝑟𝑎𝑏𝑖𝑐 </m:t>
+                    <m:t xml:space="preserve"> AUTONUM  \* Arabic </m:t>
                   </m:r>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...6 lines deleted...]
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </m:r>
-                  <m:ctrlPr>
-[...5 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:d>
-              <m:ctrlPr>
-[...5 lines deleted...]
-              </m:ctrlPr>
             </m:e>
           </m:eqArr>
         </m:oMath>
       </m:oMathPara>
     </w:p>
-    <w:p w14:paraId="13220BF0">
+    <w:p w14:paraId="58D2EE81" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
       <w:pPr>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B2194B7">
+    <w:p w14:paraId="2F14AC6C" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:eqArr>
             <m:eqArrPr>
               <m:maxDist m:val="1"/>
               <m:ctrlPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                   <w:i/>
+                  <w:snapToGrid w:val="0"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:eqArrPr>
             <m:e>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                  <w:snapToGrid w:val="0"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <m:t>a=</m:t>
               </m:r>
               <m:f>
                 <m:fPr>
                   <m:type m:val="lin"/>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                       <w:i/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:fPr>
                 <m:num>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <m:t>ΔL</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...5 lines deleted...]
-                  </m:ctrlPr>
                 </m:num>
                 <m:den>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <m:t>R</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...5 lines deleted...]
-                  </m:ctrlPr>
                 </m:den>
               </m:f>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                  <w:snapToGrid w:val="0"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <m:t>#</m:t>
               </m:r>
               <m:d>
                 <m:dPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
                       <w:i/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:dPr>
                 <m:e>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </m:r>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
-                    <m:t xml:space="preserve"> 𝐴𝑈𝑇𝑂𝑁𝑈𝑀  \∗ 𝐴𝑟𝑎𝑏𝑖𝑐 </m:t>
+                    <m:t xml:space="preserve"> AUTONUM  \* Arabic </m:t>
                   </m:r>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...6 lines deleted...]
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math"/>
+                      <w:snapToGrid w:val="0"/>
                       <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </m:r>
-                  <m:ctrlPr>
-[...5 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:d>
-              <m:ctrlPr>
-[...5 lines deleted...]
-              </m:ctrlPr>
             </m:e>
           </m:eqArr>
         </m:oMath>
       </m:oMathPara>
     </w:p>
-    <w:p w14:paraId="47BF91F3">
+    <w:p w14:paraId="472771BE" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
       <w:pPr>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32466418">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4F435CF1" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>Note that the equation is centered using a center tab stop. Be sure that the symbols in your equation have been defined before or immediately following the equation. Use “(1)”, not “Eq. (1)” or “equation (1)”, except at the beginning of a sentence: “Equation (1) is . . .”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18AF1B0E">
-[...16 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="66515800" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">When </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>Δθ</m:t>
         </m:r>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve"> is small, </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>ΔL≈</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:begChr m:val="|"/>
             <m:endChr m:val="|"/>
             <m:ctrlPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
-                <w:w w:val="95"/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:i/>
-                    <w:w w:val="95"/>
-                    <w:lang w:eastAsia="zh-CN"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                    <w:lang w:eastAsia="zh-CN"/>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>e</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:e>
               <m:sub>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                    <w:lang w:eastAsia="zh-CN"/>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   </w:rPr>
                   <m:t>r</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:sub>
             </m:sSub>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
         </m:d>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>⋅Δθ=Δθ</m:t>
         </m:r>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">, if the ramp arc length s is taken as coordinate, </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>ν=</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
-                <w:w w:val="95"/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>ⅆs</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:num>
           <m:den>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>ⅆt</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
-                <w:w w:val="95"/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>a</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
           <m:sub>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>t</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:sub>
         </m:sSub>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>=</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
-                <w:w w:val="95"/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>ⅆv</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:num>
           <m:den>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>ⅆt</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:den>
         </m:f>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>, the corresponding formula.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E8B897">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="59A9D8A8" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:eqArr>
             <m:eqArrPr>
               <m:maxDist m:val="1"/>
               <m:ctrlPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                  <w:lang w:eastAsia="zh-CN"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:eqArrPr>
             <m:e>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                  <w:lang w:eastAsia="zh-CN"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
-                <m:t>ΔL=S−</m:t>
+                <m:t>ΔL</m:t>
+              </m:r>
+              <m:r>
+                <m:rPr>
+                  <m:sty m:val="p"/>
+                </m:rPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                </w:rPr>
+                <m:t>=</m:t>
+              </m:r>
+              <m:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                </w:rPr>
+                <m:t>S</m:t>
+              </m:r>
+              <m:r>
+                <m:rPr>
+                  <m:sty m:val="p"/>
+                </m:rPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                </w:rPr>
+                <m:t>-</m:t>
               </m:r>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>S</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
                 <m:sub>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>0</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:sub>
               </m:sSub>
               <m:r>
-                <m:rPr/>
+                <m:rPr>
+                  <m:sty m:val="p"/>
+                </m:rPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                  <w:lang w:eastAsia="zh-CN"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>=</m:t>
               </m:r>
               <m:nary>
                 <m:naryPr>
+                  <m:limLoc m:val="subSup"/>
                   <m:grow m:val="1"/>
-                  <m:limLoc m:val="subSup"/>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:naryPr>
                 <m:sub>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>0</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:sub>
                 <m:sup>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>t</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:sup>
-                <m:e>
-[...8 lines deleted...]
-                </m:e>
+                <m:e/>
               </m:nary>
               <m:d>
                 <m:dPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:dPr>
                 <m:e>
                   <m:sSub>
                     <m:sSubPr>
                       <m:ctrlPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
                       </m:ctrlPr>
                     </m:sSubPr>
                     <m:e>
                       <m:r>
-                        <m:rPr/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
                         <m:t>V</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...6 lines deleted...]
-                      </m:ctrlPr>
                     </m:e>
                     <m:sub>
                       <m:r>
-                        <m:rPr/>
+                        <m:rPr>
+                          <m:sty m:val="p"/>
+                        </m:rPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
                         <m:t>0</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...6 lines deleted...]
-                      </m:ctrlPr>
                     </m:sub>
                   </m:sSub>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>+</m:t>
                   </m:r>
                   <m:nary>
                     <m:naryPr>
+                      <m:limLoc m:val="subSup"/>
                       <m:grow m:val="1"/>
-                      <m:limLoc m:val="subSup"/>
                       <m:ctrlPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
                       </m:ctrlPr>
                     </m:naryPr>
                     <m:sub>
                       <m:r>
-                        <m:rPr/>
+                        <m:rPr>
+                          <m:sty m:val="p"/>
+                        </m:rPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
                         <m:t>0</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...6 lines deleted...]
-                      </m:ctrlPr>
                     </m:sub>
                     <m:sup>
                       <m:r>
-                        <m:rPr/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
                         <m:t>t</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...6 lines deleted...]
-                      </m:ctrlPr>
                     </m:sup>
                     <m:e>
                       <m:sSub>
                         <m:sSubPr>
                           <m:ctrlPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                              <w:lang w:eastAsia="zh-CN"/>
+                              <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                             </w:rPr>
                           </m:ctrlPr>
                         </m:sSubPr>
                         <m:e>
                           <m:r>
-                            <m:rPr/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                              <w:lang w:eastAsia="zh-CN"/>
+                              <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                             </w:rPr>
                             <m:t>a</m:t>
                           </m:r>
-                          <m:ctrlPr>
-[...6 lines deleted...]
-                          </m:ctrlPr>
                         </m:e>
                         <m:sub>
                           <m:r>
-                            <m:rPr/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                              <w:lang w:eastAsia="zh-CN"/>
+                              <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                             </w:rPr>
                             <m:t>t</m:t>
                           </m:r>
-                          <m:ctrlPr>
-[...6 lines deleted...]
-                          </m:ctrlPr>
                         </m:sub>
                       </m:sSub>
                       <m:r>
-                        <m:rPr/>
+                        <m:rPr>
+                          <m:sty m:val="p"/>
+                        </m:rPr>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
-                        <m:t>⋅ⅆt</m:t>
+                        <m:t>⋅ⅆ</m:t>
                       </m:r>
-                      <m:ctrlPr>
+                      <m:r>
                         <w:rPr>
-                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                          <w:lang w:eastAsia="zh-CN"/>
+                          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                         </w:rPr>
-                      </m:ctrlPr>
+                        <m:t>t</m:t>
+                      </m:r>
                     </m:e>
                   </m:nary>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:d>
               <m:r>
-                <m:rPr/>
+                <m:rPr>
+                  <m:sty m:val="p"/>
+                </m:rPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                  <w:lang w:eastAsia="zh-CN"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>⋅</m:t>
               </m:r>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:sSubPr>
                 <m:e>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>ⅆ</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
                 <m:sub>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>t</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:sub>
               </m:sSub>
               <m:r>
-                <m:rPr/>
+                <m:rPr>
+                  <m:sty m:val="p"/>
+                </m:rPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                  <w:lang w:eastAsia="zh-CN"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>#</m:t>
               </m:r>
               <m:d>
                 <m:dPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...2 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:dPr>
                 <m:e>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </m:r>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
-                    <m:t xml:space="preserve"> 𝐴𝑈𝑇𝑂𝑁𝑈𝑀  \∗ 𝐴𝑟𝑎𝑏𝑖𝑐 </m:t>
+                    <m:t xml:space="preserve"> AUTONUM  \* Arabic </m:t>
                   </m:r>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...9 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:d>
-              <m:ctrlPr>
-[...6 lines deleted...]
-              </m:ctrlPr>
             </m:e>
           </m:eqArr>
         </m:oMath>
       </m:oMathPara>
     </w:p>
-    <w:p w14:paraId="196394CD">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="63E98B02" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:eqArr>
             <m:eqArrPr>
               <m:maxDist m:val="1"/>
               <m:ctrlPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                   <w:i/>
-                  <w:w w:val="95"/>
-                  <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:eqArrPr>
             <m:e>
               <m:acc>
                 <m:accPr>
                   <m:chr m:val="̅"/>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
-                      <w:w w:val="95"/>
-                      <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:accPr>
                 <m:e>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>a</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:acc>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                  <w:lang w:eastAsia="zh-CN"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>=</m:t>
               </m:r>
               <m:f>
                 <m:fPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
-                      <w:w w:val="95"/>
-                      <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:fPr>
                 <m:num>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>ΔL</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:num>
                 <m:den>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <m:t>R</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:den>
               </m:f>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
-                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                  <w:lang w:eastAsia="zh-CN"/>
+                  <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>#</m:t>
               </m:r>
               <m:d>
                 <m:dPr>
                   <m:ctrlPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                       <w:i/>
-                      <w:w w:val="95"/>
-                      <w:lang w:eastAsia="zh-CN"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:dPr>
                 <m:e>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin"/>
                   </m:r>
                   <m:r>
-                    <m:rPr/>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
-                    <m:t xml:space="preserve"> 𝐴𝑈𝑇𝑂𝑁𝑈𝑀  \∗ 𝐴𝑟𝑎𝑏𝑖𝑐 </m:t>
+                    <m:t xml:space="preserve"> AUTONUM  \* Arabic </m:t>
                   </m:r>
                   <m:r>
+                    <m:rPr>
+                      <m:sty m:val="p"/>
+                    </m:rPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...9 lines deleted...]
-                      <w:lang w:eastAsia="zh-CN"/>
+                      <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:d>
-              <m:ctrlPr>
-[...6 lines deleted...]
-              </m:ctrlPr>
             </m:e>
           </m:eqArr>
         </m:oMath>
       </m:oMathPara>
     </w:p>
-    <w:p w14:paraId="33D1C859">
-[...11 lines deleted...]
-          <w:headerReference r:id="rId4" w:type="default"/>
+    <w:p w14:paraId="1186ADBC" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:sectPr w:rsidR="008D781C" w:rsidRPr="00062B3E">
+          <w:headerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="8790" w:h="13330"/>
           <w:pgMar w:top="500" w:right="920" w:bottom="280" w:left="920" w:header="0" w:footer="0" w:gutter="0"/>
-          <w:cols w:space="720" w:num="1"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">where, </w:t>
       </w:r>
       <m:oMath>
         <m:acc>
           <m:accPr>
             <m:chr m:val="̅"/>
             <m:ctrlPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
-                <w:w w:val="95"/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </m:ctrlPr>
           </m:accPr>
           <m:e>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t xml:space="preserve">a </m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
         </m:acc>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">is the yaw angle of the mobile robot; </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
-          <m:t>S−</m:t>
+          <m:t>S-</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
-                <w:w w:val="95"/>
-                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>S</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
           <m:sub>
             <m:r>
-              <m:rPr/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="zh-CN"/>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>0</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:sub>
         </m:sSub>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t xml:space="preserve"> </m:t>
         </m:r>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">is the length of the ramp; </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t xml:space="preserve">Δθ </m:t>
         </m:r>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">is the variation of the angle between the ramp </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
-            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-            <w:lang w:eastAsia="zh-CN"/>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>θ</m:t>
         </m:r>
       </m:oMath>
-      <w:r>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve"> and the ground.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAD6650">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="76C3CF40" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
         <w:spacing w:before="178" w:line="204" w:lineRule="auto"/>
         <w:ind w:right="937"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="The_effect_of_grassland_terrain_on_mower"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>able</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75531969">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="50F2AECE" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">Positioning Figures and Tables: Place figures and tables at the top and bottom of columns. Avoid placing them in the middle of columns. Large figures and tables may span across both columns. Figure captions should be below the figures; table heads should appear above the tables. Insert figures and tables after they are cited in the text. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3ADF5A">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0928E5B0" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">Use the abbreviation “Fig. 1”, even at the beginning of a sentence </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>Fig.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
           <w:color w:val="3B03ED"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B57A3E">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0100440B" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00743029" w:rsidRDefault="00000000" w:rsidP="00743029">
+      <w:pPr>
+        <w:pStyle w:val="figname"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00743029">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00743029">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00743029">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00743029">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743029">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Table Head</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="9"/>
         <w:tblW w:w="7245" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="999"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="773"/>
         <w:gridCol w:w="1318"/>
         <w:gridCol w:w="612"/>
         <w:gridCol w:w="1522"/>
         <w:gridCol w:w="951"/>
       </w:tblGrid>
-      <w:tr w14:paraId="03F8B8AF">
+      <w:tr w:rsidR="008D781C" w:rsidRPr="00062B3E" w14:paraId="67B801A3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="292" w:hRule="atLeast"/>
+          <w:trHeight w:val="292"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="5546F272">
+          <w:p w14:paraId="023F08D5" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times"/>
                 <w:bCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times" w:hint="eastAsia"/>
                 <w:bCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Table Head</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="1DCFED30">
+          <w:p w14:paraId="474274A6" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times" w:hint="eastAsia"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Subhead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="4CCB01E2">
+          <w:p w14:paraId="5B81DC28" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:i/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times" w:hint="eastAsia"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Subhead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="231424D4">
+          <w:p w14:paraId="1FE7BF94" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times" w:hint="eastAsia"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Subhead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="56D597CE">
+          <w:p w14:paraId="18AD4A77" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:i/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="5B2D9BEA">
+          <w:p w14:paraId="4B0E6576" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w14:paraId="7FC3574A">
+          <w:p w14:paraId="02573C7C" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:bCs/>
                 <w:i/>
+                <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="13268535">
+      <w:tr w:rsidR="008D781C" w:rsidRPr="00062B3E" w14:paraId="636D60F4" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="255"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="77D1BC5B">
+          <w:p w14:paraId="1923CAF2" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times" w:hint="eastAsia"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4433E465">
+          <w:p w14:paraId="0D2D72A5" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="15CDE1EB">
+          <w:p w14:paraId="2393D76B" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0.285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1660A514">
+          <w:p w14:paraId="79BBF58A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0.286</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="14A9A64B">
+          <w:p w14:paraId="3AC7AEE3" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5D3D4C">
+          <w:p w14:paraId="198D08C5" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="53057356">
+          <w:p w14:paraId="529619EC" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5C740499">
+      <w:tr w:rsidR="008D781C" w:rsidRPr="00062B3E" w14:paraId="33DFCAAE" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="255" w:hRule="atLeast"/>
+          <w:trHeight w:val="255"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="47D1095C">
+          <w:p w14:paraId="762D51E5" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
-                <w:rFonts w:hint="eastAsia" w:ascii="Times" w:hAnsi="Times" w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:ascii="Times" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times" w:hint="eastAsia"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3960F6B9">
+          <w:p w14:paraId="43ABB58D" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="57E5EB0D">
+          <w:p w14:paraId="2D60C9B3" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0.285</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A773561">
+          <w:p w14:paraId="7526ABF2" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00062B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>0.067</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3A47940B">
+          <w:p w14:paraId="679F4D89" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6707409C">
+          <w:p w14:paraId="656E6CE4" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C469FFA">
+          <w:p w14:paraId="585444C9" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="23F67A99">
+      <w:tr w:rsidR="008D781C" w:rsidRPr="00062B3E" w14:paraId="1130C4CC" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="68" w:hRule="atLeast"/>
+          <w:trHeight w:val="68"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="999" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69E1460F">
+          <w:p w14:paraId="2B6F5220" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="02499D8C">
+          <w:p w14:paraId="68AE5217" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="773" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2DAD25">
+          <w:p w14:paraId="02902C9A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1318" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C584181">
+          <w:p w14:paraId="700BC72A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="612" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="20D5D346">
+          <w:p w14:paraId="0EE49172" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1522" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4616DD00">
+          <w:p w14:paraId="71AC7E47" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76292828">
+          <w:p w14:paraId="01756F05" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C">
             <w:pPr>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
                 <w:b/>
                 <w:iCs/>
+                <w:snapToGrid w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56978D29">
-[...12 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="16FA7F82" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22FA6273" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
         <w:spacing w:before="178" w:line="204" w:lineRule="auto"/>
         <w:ind w:right="937"/>
         <w:jc w:val="left"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="Experimental_Analysis"/>
+      <w:bookmarkStart w:id="7" w:name="The_effect_of_grassy_terrain_on_motor_cu"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkStart w:id="7" w:name="The_effect_of_grassy_terrain_on_motor_cu"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:t>PREPARE YOUR PAPER BEFORE TYLING</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9A4335">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7A9FAB28" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>Before you begin to format your paper, first write and save the content as a separate text file. Complete all content and organizational editing before formatting. Please note sections A-C below for more information on proofreading, spelling and grammar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6510FE6D">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5A7609C4" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>Keep your text and graphic files separate until after the text has been formatted and styled. Do not use hard tabs, and limit use of hard returns to only one return at the end of a paragraph. Do not add any kind of pagination anywhere in the paper. Do not number text heads-the template will do that for you.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FD81F3">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7D61798B" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F80C56E" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>A. Abbreviations and Acronyms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A08858D">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2A22D139" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C13D65" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>Define abbreviations and acronyms the first time they are used in the text, even after they have been defined in the abstract. Abbreviations such as IEEE, SI, MKS, CGS, sc, dc, and rms do not have to be defined. Do not use abbreviations in the title or heads unless they are unavoidable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="296DBDC2">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="545CFC52" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E48AB36" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>B. Units</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B7D9FA">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="14DCECCB" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71EAF5C7" w14:textId="02EA6436" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>• Use either SI (MKS) or CGS as primary units. (SI units are encouraged.) English units may be used as secondary units (in parentheses). An exception would be the use of English units as identifiers in trade, such as “3.5-inch disk drive”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68120819">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="08803D86" w14:textId="0B48CCED" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>• Avoid combining SI and CGS units, such as current in amperes and magnetic field in oersteds. This often leads to confusion because equations do not balance dimensionally. If you must use mixed units, clearly state the units for each quantity that you use in an equation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6710D5CC">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="328F243F" w14:textId="72BE5827" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>• Do not mix complete spellings and abbreviations of units: “Wb/m2” or “webers per square meter”, not “webers/m2”. Spell out units when they appear in text: “. . . a few henries”, not “. . . a few H”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3473285C">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="386E422E" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>• Use a zero before decimal points: “0.25”, not “.25”. Use “cm3”, not “cc”. (bullet list)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC95EF6">
-[...34 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="78EDA883" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5066A692" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>C. Some Common Mistakes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F894AF">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0D1107FB" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0554ABDA" w14:textId="4B5F5D62" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
+        <w:lastRenderedPageBreak/>
         <w:t>• The word “data” is plural, not singular.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7616CB">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7AE4FCF5" w14:textId="36CC016C" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t xml:space="preserve">• The subscript for the permeability of vacuum </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003C56D4">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:w w:val="95"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F06D"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>0, and other common scientific constants, is zero with subscript formatting, not a lowercase letter “o”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60EED913">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6D9FB483" w14:textId="248E4794" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>• In American English, commas, semicolons, periods, question and exclamation marks are located within quotation marks only when a complete thought or name is cited, such as a title or full quotation. When quotation marks are used, instead of a bold or italic typeface, to highlight a word or phrase, punctuation should appear outside of the quotation marks. A parenthetical phrase or statement at the end of a sentence is punctuated outside of the closing parenthesis (like this). (A parenthetical sentence is punctuated within the parentheses.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20872D59">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="12AA404A" w14:textId="015CBD7B" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>• A graph within a graph is an “inset”, not an “insert”. The word alternatively is preferred to the word “alternately” (unless you really mean something that alternates).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D0A1193">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="140BD892" w14:textId="5DDDBA73" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>• Do not use the word “essentially” to mean “approximately” or “effectively”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E90B2B7">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3DBD467F" w14:textId="1E46B269" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>• In your paper title, if the words “that uses” can accurately replace the word “using”, capitalize the “u”; if not, keep using lower-cased.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CBB201">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1E2141E8" w14:textId="193722EA" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>• Be aware of the different meanings of the homophone’s “affect” and “effect”, “complement” and “compliment”, “discreet” and “discrete”, “principal” and “principle”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4766AF2A">
-[...23 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3A8D0F43" w14:textId="73432A65" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>• Do not confuse “imply” and “infer”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="378C31CF">
-[...24 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="508F5348" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>• The prefix “non” is not a word; it should be joined to the word it modifies, usually without a hyphen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B02749">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="257AD81C" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:spacing w:before="212"/>
-        <w:ind w:left="100" w:firstLine="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+        <w:ind w:left="100"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="CONCLUSION"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="110"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="64"/>
-          <w:w w:val="110"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="110"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="110"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>onclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3768B1CF">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="74C173AC" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="003C56D4" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
         <w:t>The template is used to format your paper and style the text. All margins, column widths, line spaces, and text fonts are prescribed; please do not alter them. You may note peculiarities. For example, the head margin in this template measures proportionately more than is customary. This measurement and others are deliberate, using specifications that anticipate your paper as one part of the entire proceedings, and not as an independent document. Please do not revise any of the current designations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467A21EC">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="3C7F94F5" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="398"/>
         </w:tabs>
         <w:spacing w:before="197"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="DECLARATIONS"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk218691122"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="110"/>
         </w:rPr>
         <w:t>DECLARATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56743EC3">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="05823E12" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:spacing w:before="124"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="Ethics_approval_and_consent_to_participa"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="Ethics_approval_and_consent_to_participa"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="110"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Ethics</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-5"/>
-          <w:w w:val="110"/>
-[...5 lines deleted...]
-          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-5"/>
-          <w:w w:val="110"/>
-[...5 lines deleted...]
-          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-4"/>
-          <w:w w:val="110"/>
-[...5 lines deleted...]
-          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>consent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-5"/>
-          <w:w w:val="110"/>
-[...5 lines deleted...]
-          <w:w w:val="110"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-4"/>
-          <w:w w:val="110"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="110"/>
         </w:rPr>
         <w:t>participate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4498AB7C">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7093DB74" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>Not</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF79C6C">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="7356E3B4" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="Conflict_of_interest"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Conflict</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="11"/>
-          <w:w w:val="105"/>
-[...5 lines deleted...]
-          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="11"/>
-          <w:w w:val="105"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4938B60C">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="676A6640" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>No</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>potential</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>conflict</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>of</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>interest</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>was</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>reported</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>by</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>the</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>authors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FACC9E5">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="77E19ACF" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="Dataset_to_be_available"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Dataset</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="45"/>
-          <w:w w:val="105"/>
-[...5 lines deleted...]
-          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="45"/>
-          <w:w w:val="105"/>
-[...5 lines deleted...]
-          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="46"/>
-          <w:w w:val="105"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>available</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42CA205F">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="24FCF72E" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">All data generated or analyzed during this study are included in this published </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>article.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F48AF9B">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="17A35C7B" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:spacing w:before="199"/>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="Consent_for_publication"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Consent</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="23"/>
-          <w:w w:val="105"/>
-[...5 lines deleted...]
-          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="24"/>
-          <w:w w:val="105"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>publication</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0285B803">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="711F9A12" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>Not</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF0F160">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="64669800" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="Funding"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>Funding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C68E91C">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4EE234C1" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:lastRenderedPageBreak/>
         <w:t>Not</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>applicable</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BFD6590">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="570EBA83" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:spacing w:before="198"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="16" w:name="Acknowledge"/>
+      <w:bookmarkStart w:id="17" w:name="Authors'_contributions"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r>
-        <w:rPr>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Acknowledge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B1AAE8">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6B160ABB" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>The preferred spelling of the word “acknowledgment” in America is without an “e” after the “g”. Avoid the stilted expression “one of us (R. B. G.) thanks ...”. Instead, try “R. B. G. thanks...”. Put sponsor acknowledgments in the unnumbered footnote on the first page.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6224DF93">
-[...1 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="47A68B4A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:spacing w:before="199"/>
         <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:w w:val="105"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Authors’</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
-          <w:w w:val="105"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2693D253">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5B3A6A53" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">xxx is a lecturer in information product Design, School of Software, Zhejiang University. He is Deputy Director of the Engineering Center for Innovative Design of Computer-aided Products of the Ministry of Education and a member of the International Society for Computing Machinery (ACM). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CDC3CD1">
-[...20 lines deleted...]
-        <w:pStyle w:val="3"/>
+    <w:p w14:paraId="6B0DE730" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003C56D4">
+        <w:t>He is mainly engaged in the research of information product design, technolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:t>gy design, human-computer interaction, industrial design, digital art and design.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6B1201" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="566"/>
         </w:tabs>
         <w:spacing w:before="199"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-          <w:w w:val="105"/>
+          <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
-          <w:w w:val="105"/>
-[...16 lines deleted...]
-        </w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>bbreviations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199E63B1" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">PID  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">proportional-integral-derivative </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C9C6D14">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6C634109" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">DC  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">direct current motor </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08116539">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="36C2D7E7" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">CDU  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>current differential unit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E64DDBA">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6BE18677" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">CRU  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">current replication unit </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9AEDE2">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="45F0835C" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">CSU </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve"> current squarer unit </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A4AB41">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="36EC2B47" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">TAU  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">transconductance amplifier unit </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204AA047">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1D4507E1" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">CDBA  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">current differential buffer amplifier </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F37817">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7C4C0858" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">AR  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">augmented reality </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C530251">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0BE90E5C" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">ADC  </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t>voltage double closed-loop</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="578CAFD9">
-[...11 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="06D8929A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000" w:rsidP="003C56D4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve">RTK </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00062B3E">
         <w:t xml:space="preserve"> real-time kinematic</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4815CCFB">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="3D7CD3BF" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2067"/>
         </w:tabs>
         <w:spacing w:before="210"/>
-        <w:ind w:left="100" w:firstLine="0"/>
+        <w:ind w:left="100"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="Relevant_data_and_information"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Appendix</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="32"/>
-          <w:w w:val="105"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Relevant</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="39"/>
-          <w:w w:val="105"/>
-[...5 lines deleted...]
-          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>data</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
-          <w:w w:val="105"/>
-[...5 lines deleted...]
-          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="41"/>
-          <w:w w:val="105"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2D9A32">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p w14:paraId="78D409E5" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:spacing w:before="206"/>
-        <w:ind w:left="100" w:firstLine="0"/>
+        <w:ind w:left="100"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk218691228"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-2"/>
-          <w:w w:val="105"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73814EA5">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="798C8947" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:before="148" w:line="213" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_bookmark10"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Takagi, M. T.and Sugeno: Fuzzy identification of systems and its appli- cation to modeling and control (1985)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B31204">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="1F7B68FF" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_bookmark11"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Kumar, G. A.and Hancke, Phala, K.S.: Air quality monitoring system based on iso/iec/ieee 21451 standards. IEEE Sensors Journal </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(12), 5037–5045 (2016)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC709E1">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="5C77D062" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Mester, G.: Motion control of wheeled mobile robots modeling of the wheeled mobile robots (2006)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D2E230">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="7B821FF5" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:before="199" w:line="213" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_bookmark12"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hancke,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>G.P.,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Markantonakis,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>K.E.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>K.and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Mayes:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Security</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>challenges</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>for user-oriented</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rfid</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>applications</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>within</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>“internet</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>things”.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Journal</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">of Internet Technology </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(3), 7 (2010)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1303FCCB">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="4A10EA79" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:before="199" w:line="213" w:lineRule="auto"/>
         <w:ind w:hanging="412"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_bookmark28"/>
+      <w:bookmarkStart w:id="24" w:name="_bookmark13"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Erdem, A.T., Ercan, A.O.: Fusing inertial sensor data in an extended kalman filter for 3d camera tracking. IEEE Transactions on Image Processing </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(2), 538–548 (2015)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B05BDCE">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="05FFF02A" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:ind w:hanging="412"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-      <w:r>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Azuma, R.T.: A survey of augmented reality. Presence: Teleoperators </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">and Virtual Environments </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(4), 355–385 (1997)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464F5B4E">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="46AD2452" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:ind w:hanging="412"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_bookmark29"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Benser,</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>E.T.:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Trends</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>inertial</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sensors</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>applications.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="40"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>In:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="70"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2015 IEEE International Symposium on Inertial Sensors and Systems (ISISS) Proceedings (2015)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45ED5503">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="7B5725F1" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:ind w:hanging="412"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_bookmark30"/>
+      <w:bookmarkStart w:id="27" w:name="_bookmark33"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Coito, F., Eleutério, A., Valtchev, S.: Tracking a mobile robot position using</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vision</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>inertial</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sensor.</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>In:</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Doctoral</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Conference</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Computing, Electrical and Industrial Systems (2014)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE32922">
-[...1 lines deleted...]
-        <w:pStyle w:val="12"/>
+    <w:p w14:paraId="59578BAE" w14:textId="77777777" w:rsidR="008D781C" w:rsidRPr="00062B3E" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="512"/>
         </w:tabs>
         <w:spacing w:line="213" w:lineRule="auto"/>
         <w:ind w:hanging="412"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_bookmark34"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hol, J.D., SchöN, T.B., Luinge, H., Slycke, P.J., Gustafsson, F.: Robust real-time tracking by fusing measurements from inertial and vision sensors. Journal of Real-Time Image Processing </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00062B3E">
         <w:rPr>
           <w:rFonts w:ascii="CentSchbkCyrill BT" w:hAnsi="CentSchbkCyrill BT"/>
           <w:b/>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00062B3E">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(2-3), 149–160 (2007)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-      <w:headerReference r:id="rId5" w:type="default"/>
+    <w:sectPr w:rsidR="008D781C" w:rsidRPr="00062B3E">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="8790" w:h="13330"/>
       <w:pgMar w:top="500" w:right="920" w:bottom="280" w:left="920" w:header="0" w:footer="0" w:gutter="0"/>
-      <w:cols w:space="720" w:num="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="12B31011" w14:textId="77777777" w:rsidR="001047E3" w:rsidRDefault="001047E3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="082E8047" w14:textId="77777777" w:rsidR="001047E3" w:rsidRDefault="001047E3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020703060505090304"/>
-    <w:charset w:val="01"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0000EFF" w:usb1="4000785B" w:usb2="00000001" w:usb3="00000000" w:csb0="400001BF" w:csb1="DFF70000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
-[...56 lines deleted...]
-    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sabon">
-    <w:altName w:val="苹方-简"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
-    <w:panose1 w:val="02040502050405090303"/>
+    <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="AppleSystemUIFont">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
-    <w:panose1 w:val="00000500000000020000"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="4F010000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CentSchbkCyrill BT">
-    <w:panose1 w:val="02040603050505090303"/>
+    <w:altName w:val="Cambria"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="80000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000004" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="宋体-简">
-[...11 lines deleted...]
-    <w:sig w:usb0="A00002FF" w:usb1="7ACFFCFB" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0C6ECAF2" w14:textId="77777777" w:rsidR="001047E3" w:rsidRDefault="001047E3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="06C1EB14" w14:textId="77777777" w:rsidR="001047E3" w:rsidRDefault="001047E3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="3251BEC0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1467CF78" w14:textId="77777777" w:rsidR="008D781C" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
     <w:pPr>
-      <w:pStyle w:val="4"/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="278DAD17">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C448C92" w14:textId="77777777" w:rsidR="008D781C" w:rsidRDefault="008D781C" w:rsidP="003C56D4">
     <w:pPr>
-      <w:pStyle w:val="4"/>
-[...15 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18F3558A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="18F3558A"/>
-    <w:lvl w:ilvl="0" w:tentative="0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="397" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="112"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="100" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="109"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1127" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2582" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3309" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4037" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4764" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5492" w:hanging="323"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="263027C5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="263027C5"/>
-    <w:lvl w:ilvl="0" w:tentative="0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="397" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="112"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="565" w:hanging="466"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="115"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="0">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="[%3]"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="511" w:hanging="312"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="90"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1358" w:hanging="312"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2156" w:hanging="312"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2955" w:hanging="312"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3753" w:hanging="312"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4552" w:hanging="312"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5350" w:hanging="312"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F001ECB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3F001ECB"/>
-    <w:lvl w:ilvl="0" w:tentative="0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="398" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+        <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="112"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1054" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1709" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2364" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3018" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3673" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4328" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4983" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="0">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5637" w:hanging="298"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="359010691">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="489909111">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1001854288">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-[...3 lines deleted...]
-  <w:documentProtection w:enforcement="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00040C45"/>
     <w:rsid w:val="00027486"/>
+    <w:rsid w:val="0003405A"/>
     <w:rsid w:val="00040C45"/>
     <w:rsid w:val="00042F05"/>
+    <w:rsid w:val="00062B3E"/>
+    <w:rsid w:val="001047E3"/>
+    <w:rsid w:val="003B37EF"/>
+    <w:rsid w:val="003B3DD1"/>
+    <w:rsid w:val="003C56D4"/>
     <w:rsid w:val="00406E39"/>
+    <w:rsid w:val="00486EC0"/>
+    <w:rsid w:val="00512BCD"/>
+    <w:rsid w:val="005153FE"/>
+    <w:rsid w:val="0056342D"/>
+    <w:rsid w:val="0057086C"/>
     <w:rsid w:val="005E5519"/>
     <w:rsid w:val="006075CE"/>
+    <w:rsid w:val="00656FAE"/>
     <w:rsid w:val="0066490D"/>
+    <w:rsid w:val="006A262A"/>
     <w:rsid w:val="006C4AB7"/>
     <w:rsid w:val="00734D1C"/>
+    <w:rsid w:val="00743029"/>
     <w:rsid w:val="00761A92"/>
     <w:rsid w:val="007C3153"/>
     <w:rsid w:val="0083349E"/>
     <w:rsid w:val="008B77DF"/>
+    <w:rsid w:val="008D781C"/>
+    <w:rsid w:val="008E3600"/>
+    <w:rsid w:val="00933E9B"/>
     <w:rsid w:val="00954F81"/>
+    <w:rsid w:val="009A2E65"/>
     <w:rsid w:val="00A34791"/>
+    <w:rsid w:val="00A679E5"/>
+    <w:rsid w:val="00A74EFB"/>
+    <w:rsid w:val="00A75E82"/>
     <w:rsid w:val="00C23929"/>
+    <w:rsid w:val="00D153E6"/>
+    <w:rsid w:val="00D459BD"/>
     <w:rsid w:val="00D46636"/>
     <w:rsid w:val="00DB2CAE"/>
     <w:rsid w:val="00E6626F"/>
+    <w:rsid w:val="00E71CDC"/>
     <w:rsid w:val="00F04D93"/>
     <w:rsid w:val="00F34EE5"/>
     <w:rsid w:val="00FB338D"/>
+    <w:rsid w:val="1F9453CD"/>
     <w:rsid w:val="7BF79AE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="16068F54"/>
+  <w15:docId w15:val="{C5B81068-ADB4-49F7-A621-D093A4E55C89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
-[...248 lines deleted...]
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003C56D4"/>
     <w:pPr>
-      <w:ind w:left="397" w:hanging="298"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="134"/>
+      <w:ind w:left="102"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:spacing w:before="193"/>
       <w:ind w:left="565" w:hanging="466"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="10">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
-    <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:uiPriority w:val="1"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003C56D4"/>
     <w:pPr>
-      <w:ind w:left="100" w:right="98"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="214" w:lineRule="auto"/>
+      <w:ind w:firstLineChars="200" w:firstLine="400"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:snapToGrid w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="5">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="16"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="6">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="15"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="7">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="8">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:uiPriority w:val="10"/>
     <w:pPr>
       <w:spacing w:before="133"/>
       <w:ind w:left="437" w:right="435"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="34"/>
       <w:szCs w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="11">
+  <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="10"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-      <w14:textFill>
-[...3 lines deleted...]
-      </w14:textFill>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="12">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
     <w:pPr>
       <w:spacing w:before="200"/>
       <w:ind w:left="511" w:right="98" w:hanging="412"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="13">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="2"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="页眉 字符"/>
-    <w:basedOn w:val="10"/>
-    <w:link w:val="6"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="16">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="页脚 字符"/>
-    <w:basedOn w:val="10"/>
-    <w:link w:val="5"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:eastAsia="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="17">
-[...1 lines deleted...]
-    <w:basedOn w:val="10"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="未处理的提及1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="table">
     <w:name w:val="table"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="60" w:line="200" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Sabon" w:hAnsi="Sabon" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:ascii="Sabon" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Sabon" w:cs="Times New Roman"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="正文文本 字符"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="003C56D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:snapToGrid w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="figure">
+    <w:name w:val="figure"/>
+    <w:basedOn w:val="a3"/>
+    <w:link w:val="figure0"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C56D4"/>
+    <w:pPr>
+      <w:ind w:firstLineChars="0" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="figure0">
+    <w:name w:val="figure 字符"/>
+    <w:basedOn w:val="a4"/>
+    <w:link w:val="figure"/>
+    <w:rsid w:val="003C56D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:noProof/>
+      <w:snapToGrid/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="figname">
+    <w:name w:val="fig. name"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="figname0"/>
+    <w:qFormat/>
+    <w:rsid w:val="003C56D4"/>
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="60"/>
+      <w:ind w:left="102"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="figname0">
+    <w:name w:val="fig. name 字符"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="figname"/>
+    <w:rsid w:val="003C56D4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Palatino Linotype"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7708,88 +6635,98 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" Version="6" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1556F2E0-400D-46AB-A36D-CF716472D4FA}">
-  <ds:schemaRefs/>
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2445</Words>
-[...3 lines deleted...]
-  <TotalTime></TotalTime>
+  <Words>1846</Words>
+  <Characters>9912</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>264</Lines>
+  <Paragraphs>105</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12262</CharactersWithSpaces>
-[...1 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <CharactersWithSpaces>11724</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Data</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-06-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>LaTeX with hyperref</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2022-06-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-7.5.1.8994</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.22175</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ICV">
-    <vt:lpwstr>BE77C3C08785A71BA0F39E682DAEDD67_42</vt:lpwstr>
+    <vt:lpwstr>A7C667A5227D431298E8D32F0DFB5ABF_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="KSOTemplateDocerSaveRecord">
+    <vt:lpwstr>eyJoZGlkIjoiZDNmZTFiMzgyM2QyM2NmYzA5MDEwM2E3MWExNDYzMGYiLCJ1c2VySWQiOiIyNTkzOTQ1MTMifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>